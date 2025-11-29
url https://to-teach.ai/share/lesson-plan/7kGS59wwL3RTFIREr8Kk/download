--- v0 (2025-10-15)
+++ v1 (2025-11-29)
@@ -2768,51 +2768,51 @@
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p>
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
-  <w:abstractNum w:abstractNumId="2512" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="582" w15:restartNumberingAfterBreak="0">
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0" w15:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="●"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w15:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="○"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w15:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="■"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -2853,51 +2853,51 @@
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w15:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="●"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w15:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="●"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
-    <w:abstractNumId w:val="2512"/>
+    <w:abstractNumId w:val="582"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:displayBackgroundShape/>
   <w:evenAndOddHeaders w:val="false"/>
   <w:compat>
     <w:compatSetting w:val="15" w:uri="http://schemas.microsoft.com/office/word" w:name="compatibilityMode"/>
   </w:compat>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:b w:val="false"/>
         <w:bCs w:val="false"/>
         <w:sz w:val="22"/>