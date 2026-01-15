--- v1 (2025-11-29)
+++ v2 (2026-01-15)
@@ -1,44 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="image/png" Extension="png"/>
   <Default ContentType="image/jpeg" Extension="jpeg"/>
   <Default ContentType="image/jpeg" Extension="jpg"/>
   <Default ContentType="image/bmp" Extension="bmp"/>
   <Default ContentType="image/gif" Extension="gif"/>
+  <Default ContentType="image/svg+xml" Extension="svg"/>
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
+  <Default ContentType="application/vnd.openxmlformats-officedocument.obfuscatedFont" Extension="odttf"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml" PartName="/docProps/custom.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml" PartName="/word/footnotes.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml" PartName="/word/settings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml" PartName="/word/comments.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml" PartName="/word/fontTable.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Adjektive und ihre Anwendung</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Lernziele:</w:t>
       </w:r>
     </w:p>
@@ -70,59 +73,60 @@
       <w:pPr>
         <w:pStyle w:val="default"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Adjektive in Texten identifizieren und ihre Funktion im Satz bestimmen.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="default"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Adjektive in ihrer Steigerungsform korrekt bilden und anwenden.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Verlauf:</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:type="pct" w:w="100%"/>
+        <w:tblW w:type="dxa" w:w="9638"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="auto" w:sz="4"/>
           <w:left w:val="single" w:color="auto" w:sz="4"/>
           <w:bottom w:val="single" w:color="auto" w:sz="4"/>
           <w:right w:val="single" w:color="auto" w:sz="4"/>
           <w:insideH w:val="single" w:color="auto" w:sz="4"/>
           <w:insideV w:val="single" w:color="auto" w:sz="4"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2409"/>
         <w:gridCol w:w="2409"/>
         <w:gridCol w:w="2409"/>
         <w:gridCol w:w="2409"/>
       </w:tblGrid>
       <w:tr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="4535"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="default"/>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">Phase</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="4535"/>
           </w:tcPr>
@@ -506,59 +510,60 @@
       <w:pPr>
         <w:pStyle w:val="default"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Ziel ist es, eine Reihe von Adjektiven zu vervollständigen (horizontal, vertikal oder diagonal).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="default"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Ruft "Lotto!" wenn ihr eine Reihe vervollständigt habt.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="default"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Deine Spielkarte:</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:type="pct" w:w="100%"/>
+        <w:tblW w:type="dxa" w:w="9638"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="auto" w:sz="4"/>
           <w:left w:val="single" w:color="auto" w:sz="4"/>
           <w:bottom w:val="single" w:color="auto" w:sz="4"/>
           <w:right w:val="single" w:color="auto" w:sz="4"/>
           <w:insideH w:val="single" w:color="auto" w:sz="4"/>
           <w:insideV w:val="single" w:color="auto" w:sz="4"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1927"/>
         <w:gridCol w:w="1927"/>
         <w:gridCol w:w="1927"/>
         <w:gridCol w:w="1927"/>
         <w:gridCol w:w="1927"/>
       </w:tblGrid>
       <w:tr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="4535"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="default"/>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">fröhlich</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="4535"/>
@@ -2717,102 +2722,106 @@
       <w:pPr>
         <w:pStyle w:val="default"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Nun ist es an der Zeit, kreativ zu werden. Nutze den folgenden Raum, um dein Gedicht oder deine Geschichte zu schreiben. Denke daran, die Adjektive geschickt einzusetzen!</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="default"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">(Platz für den kreativen Entwurf des Schülers)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="default"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Wir wünschen dir viel Spaß beim Schreiben und sind gespannt auf deine Geschichte oder dein Gedicht!</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait"/>
-      <w:pgMar w:top="1in" w:right="1in" w:bottom="1in" w:left="1in" w:header="708" w:footer="708" w:gutter="0"/>
+      <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="708" w:footer="708" w:gutter="0"/>
       <w:pgNumType/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape"/>
 </file>
 
+<file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh"/>
+</file>
+
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:footnote w:type="separator" w:id="-1">
     <w:p>
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p>
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
-  <w:abstractNum w:abstractNumId="582" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0" w15:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="●"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w15:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="○"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w15:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="■"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -2853,309 +2862,315 @@
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w15:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="●"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w15:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="●"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
-    <w:abstractNumId w:val="582"/>
+    <w:abstractNumId w:val="1"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:displayBackgroundShape/>
   <w:evenAndOddHeaders w:val="false"/>
   <w:compat>
     <w:compatSetting w:val="15" w:uri="http://schemas.microsoft.com/office/word" w:name="compatibilityMode"/>
   </w:compat>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
+        <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
         <w:b w:val="false"/>
         <w:bCs w:val="false"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
-        <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:style w:type="paragraph" w:styleId="Title">
     <w:name w:val="Title"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:qFormat/>
     <w:rPr>
       <w:sz w:val="56"/>
       <w:szCs w:val="56"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading1">
     <w:name w:val="Heading 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:qFormat/>
     <w:pPr>
       <w:spacing w:before="0" w:after="200"/>
     </w:pPr>
     <w:rPr>
+      <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
-      <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading2">
     <w:name w:val="Heading 2"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:qFormat/>
     <w:pPr>
       <w:spacing w:before="0" w:after="200"/>
     </w:pPr>
     <w:rPr>
+      <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="26"/>
       <w:szCs w:val="26"/>
-      <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading3">
     <w:name w:val="Heading 3"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:qFormat/>
     <w:pPr>
       <w:spacing w:before="240" w:after="200"/>
     </w:pPr>
     <w:rPr>
+      <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
-      <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading4">
     <w:name w:val="Heading 4"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:qFormat/>
     <w:rPr>
       <w:i/>
       <w:iCs/>
       <w:color w:val="2E74B5"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading5">
     <w:name w:val="Heading 5"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:qFormat/>
     <w:rPr>
       <w:color w:val="2E74B5"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading6">
     <w:name w:val="Heading 6"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:qFormat/>
     <w:pPr>
       <w:spacing w:after="120"/>
     </w:pPr>
     <w:rPr>
+      <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
-      <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Strong">
     <w:name w:val="Strong"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:qFormat/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListParagraph">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:qFormat/>
   </w:style>
   <w:style w:type="character" w:styleId="Hyperlink">
     <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rPr>
+      <w:color w:val="0563C1"/>
       <w:u w:val="single"/>
-      <w:color w:val="0563C1"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="footnote reference"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="FootnoteText">
     <w:name w:val="footnote text"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="FootnoteTextChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="FootnoteTextChar">
     <w:name w:val="Footnote Text Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="FootnoteText"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="default">
     <w:name w:val="Default"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:spacing w:line="360"/>
     </w:pPr>
     <w:rPr>
+      <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
-      <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="small">
     <w:name w:val="Small"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:spacing w:line="360"/>
     </w:pPr>
     <w:rPr>
+      <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
-      <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="strong">
     <w:name w:val="Strong"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:spacing w:line="360" w:lineRule="exact"/>
     </w:pPr>
     <w:rPr>
+      <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
-      <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="label">
     <w:name w:val="Label"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:spacing w:line="240" w:lineRule="exact"/>
     </w:pPr>
     <w:rPr>
+      <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
       <w:b/>
       <w:bCs/>
       <w:color w:val="64748b"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
-      <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="narrow">
     <w:name w:val="Narrow"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:spacing w:line="240"/>
     </w:pPr>
     <w:rPr>
+      <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
-      <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/></Relationships>
+<file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
+</file>
+
+<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
+</file>
+
+<file path=word/_rels/fontTable.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Un-named</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
 </file>