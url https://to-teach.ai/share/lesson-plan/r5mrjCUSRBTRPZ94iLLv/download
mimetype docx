--- v0 (2025-10-30)
+++ v1 (2025-12-13)
@@ -2424,51 +2424,51 @@
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p>
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
-  <w:abstractNum w:abstractNumId="755" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="777" w15:restartNumberingAfterBreak="0">
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0" w15:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="●"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w15:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="○"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w15:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="■"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -2509,51 +2509,51 @@
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w15:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="●"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w15:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="●"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
-    <w:abstractNumId w:val="755"/>
+    <w:abstractNumId w:val="777"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:displayBackgroundShape/>
   <w:evenAndOddHeaders w:val="false"/>
   <w:compat>
     <w:compatSetting w:val="15" w:uri="http://schemas.microsoft.com/office/word" w:name="compatibilityMode"/>
   </w:compat>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:b w:val="false"/>
         <w:bCs w:val="false"/>
         <w:sz w:val="22"/>